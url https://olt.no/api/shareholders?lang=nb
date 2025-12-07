--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb934344274494158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/946c09b7162e49429b97f8bed31b0e61.psmdcp" Id="R1db4161fa303432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2357ac594ee94e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b6db7db92474f28adf59263ab856384.psmdcp" Id="R9d6edbbc895244cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Shareholders" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Shareholders</x:t>
   </x:si>
   <x:si>
     <x:t>Shareholder</x:t>
   </x:si>
   <x:si>
@@ -55,96 +55,99 @@
   <x:si>
     <x:t>NOR</x:t>
   </x:si>
   <x:si>
     <x:t>INVESTHON AS</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. MORGAN SE</x:t>
   </x:si>
   <x:si>
     <x:t>NOM</x:t>
   </x:si>
   <x:si>
     <x:t>LUX</x:t>
   </x:si>
   <x:si>
     <x:t>FOLKETRYGDFONDET</x:t>
   </x:si>
   <x:si>
     <x:t>MP PENSJON PK</x:t>
   </x:si>
   <x:si>
     <x:t>OTTO OLSEN INVEST AS</x:t>
   </x:si>
   <x:si>
+    <x:t>INTERTRADE SHIPPING AS</x:t>
+  </x:si>
+  <x:si>
     <x:t>E6E HOLDING AS</x:t>
   </x:si>
   <x:si>
     <x:t>TELENOR PENSJONSKASSE</x:t>
   </x:si>
   <x:si>
-    <x:t>INTERTRADE SHIPPING AS</x:t>
+    <x:t>WENAASGRUPPEN AS</x:t>
   </x:si>
   <x:si>
     <x:t>OTTO OLSEN EIENDOM AS</x:t>
   </x:si>
   <x:si>
     <x:t>PENSJONSKASSEN FOR HELSEFORETAKENE</x:t>
   </x:si>
   <x:si>
     <x:t>TRONDHEIM KOMMUNALE PENSJONSKASSE</x:t>
   </x:si>
   <x:si>
     <x:t>VPF FONDSFINANS UTBYTTE</x:t>
   </x:si>
   <x:si>
-    <x:t>DNB BANK ASA MEGLERKONTO INNLAND</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>FOSSEKALLEN INVEST AS</x:t>
   </x:si>
   <x:si>
-    <x:t>WENAASGRUPPEN AS</x:t>
-[...2 lines deleted...]
-    <x:t>SALT VALUE AS</x:t>
+    <x:t>UBS SECURITIES LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP PARIBAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRL</x:t>
   </x:si>
   <x:si>
     <x:t>VERDIPAPIRFONDET KLP AKSJENORGE</x:t>
   </x:si>
   <x:si>
     <x:t>Remaining shares</x:t>
   </x:si>
   <x:si>
     <x:t>Total amount</x:t>
   </x:si>
   <x:si>
-    <x:t>Last updated: 10/17/2025</x:t>
+    <x:t>Last updated: 12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Source: Infront</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="#,##0"/>
     <x:numFmt numFmtId="165" formatCode="0.00%"/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -583,335 +586,335 @@
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="2">
         <x:v>7858940</x:v>
       </x:c>
       <x:c r="C5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>2499955</x:v>
+        <x:v>2507567</x:v>
       </x:c>
       <x:c r="C6" s="5" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="2">
         <x:v>2255459</x:v>
       </x:c>
       <x:c r="C7" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="2">
         <x:v>2116876</x:v>
       </x:c>
       <x:c r="C8" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>1734921</x:v>
+        <x:v>1807373</x:v>
       </x:c>
       <x:c r="C9" s="5" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B10" s="2">
         <x:v>953150</x:v>
       </x:c>
       <x:c r="C10" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>864677</x:v>
+        <x:v>900000</x:v>
       </x:c>
       <x:c r="C11" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>859355</x:v>
+        <x:v>864677</x:v>
       </x:c>
       <x:c r="C12" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>840010</x:v>
+        <x:v>859355</x:v>
       </x:c>
       <x:c r="C13" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>700000</x:v>
+        <x:v>822919</x:v>
       </x:c>
       <x:c r="C14" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>685000</x:v>
+        <x:v>700000</x:v>
       </x:c>
       <x:c r="C15" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>660020</x:v>
+        <x:v>685000</x:v>
       </x:c>
       <x:c r="C16" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>500000</x:v>
+        <x:v>660020</x:v>
       </x:c>
       <x:c r="C17" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>395639</x:v>
+        <x:v>400000</x:v>
       </x:c>
       <x:c r="C18" s="5" t="s">
-        <x:v>23</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B19" s="2">
         <x:v>394738</x:v>
       </x:c>
       <x:c r="C19" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B20" s="2">
+        <x:v>384788</x:v>
+      </x:c>
+      <x:c r="C20" s="5" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>327886</x:v>
+        <x:v>333367</x:v>
       </x:c>
       <x:c r="C21" s="5" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>266305</x:v>
+        <x:v>246345</x:v>
       </x:c>
       <x:c r="C22" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>246345</x:v>
+        <x:v>243228</x:v>
       </x:c>
       <x:c r="C23" s="5" t="s">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="B24" s="2"/>
       <x:c r="C24" s="5"/>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="B25" s="2"/>
       <x:c r="C25" s="5"/>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>8290686</x:v>
+        <x:v>7811106</x:v>
       </x:c>
       <x:c r="C26" s="5">
-        <x:v>0.0816986126811692</x:v>
+        <x:v>0.0769727045151097</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B27" s="2">
         <x:v>101478908</x:v>
       </x:c>
       <x:c r="C27" s="5">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Shareholders</vt:lpstr>
       <vt:lpstr>Shareholders!Print_Area</vt:lpstr>
       <vt:lpstr>Shareholders!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>