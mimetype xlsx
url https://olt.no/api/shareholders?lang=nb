--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,153 +1,153 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2357ac594ee94e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b6db7db92474f28adf59263ab856384.psmdcp" Id="R9d6edbbc895244cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242e4e6b1bab4573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e6a34883cb64769a7541bc1fed51984.psmdcp" Id="R9ef37acc3e1c4379" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Shareholders" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Shareholders</x:t>
   </x:si>
   <x:si>
     <x:t>Shareholder</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Type</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>THON GRUPPEN AS</x:t>
   </x:si>
   <x:si>
     <x:t>PRIV</x:t>
   </x:si>
   <x:si>
     <x:t>NOR</x:t>
   </x:si>
   <x:si>
-    <x:t>INVESTHON AS</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>FOLKETRYGDFONDET</x:t>
   </x:si>
   <x:si>
-    <x:t>MP PENSJON PK</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>INTERTRADE SHIPPING AS</x:t>
   </x:si>
   <x:si>
-    <x:t>E6E HOLDING AS</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>FOSSEKALLEN INVEST AS</x:t>
   </x:si>
   <x:si>
-    <x:t>UBS SECURITIES LLC</x:t>
+    <x:t>OLAV THONS DNT-STIFTELSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TINDEN HOLDING AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STIFTELSEN KISTEFOS-MUSEETS DRIFTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VARDE NORGE AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REECO AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRED OLSEN &amp; COS PENSJONSKASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORMAN ERIK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUMMA JORUNN</x:t>
   </x:si>
   <x:si>
     <x:t>USA</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP PARIBAS</x:t>
-[...5 lines deleted...]
-    <x:t>VERDIPAPIRFONDET KLP AKSJENORGE</x:t>
+    <x:t>ELVEKALLEN AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRISTIAN FALNES AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUCTORITAS AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCELLUM AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRED OLSEN &amp; CO'S HJELPEFOND STI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORDSVEEN GRETE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKJÅNES JØRGEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FALNES OLAV KRISTIAN</x:t>
   </x:si>
   <x:si>
     <x:t>Remaining shares</x:t>
   </x:si>
   <x:si>
     <x:t>Total amount</x:t>
   </x:si>
   <x:si>
-    <x:t>Last updated: 12/05/2025</x:t>
+    <x:t>Last updated: 01/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Source: Infront</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="#,##0"/>
     <x:numFmt numFmtId="165" formatCode="0.00%"/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -524,376 +524,376 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:E30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="36.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.424911" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="8.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="B2" s="2"/>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B3" s="4" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E3" s="3"/>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>68674000</x:v>
+        <x:v>96211125</x:v>
       </x:c>
       <x:c r="C4" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>7858940</x:v>
+        <x:v>2253459</x:v>
       </x:c>
       <x:c r="C5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>2507567</x:v>
+        <x:v>900000</x:v>
       </x:c>
       <x:c r="C6" s="5" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>2255459</x:v>
+        <x:v>394738</x:v>
       </x:c>
       <x:c r="C7" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>2116876</x:v>
+        <x:v>184250</x:v>
       </x:c>
       <x:c r="C8" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>1807373</x:v>
+        <x:v>135000</x:v>
       </x:c>
       <x:c r="C9" s="5" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>953150</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="C10" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>900000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="C11" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>864677</x:v>
+        <x:v>97169</x:v>
       </x:c>
       <x:c r="C12" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>859355</x:v>
+        <x:v>96097</x:v>
       </x:c>
       <x:c r="C13" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>822919</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="C14" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B15" s="2">
+        <x:v>45660</x:v>
+      </x:c>
+      <x:c r="C15" s="5" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>685000</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="C16" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>660020</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="C17" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>400000</x:v>
+        <x:v>25000</x:v>
       </x:c>
       <x:c r="C18" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>394738</x:v>
+        <x:v>22000</x:v>
       </x:c>
       <x:c r="C19" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>384788</x:v>
+        <x:v>18500</x:v>
       </x:c>
       <x:c r="C20" s="5" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B21" s="2">
+        <x:v>18000</x:v>
+      </x:c>
+      <x:c r="C21" s="5" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>246345</x:v>
+        <x:v>18000</x:v>
       </x:c>
       <x:c r="C22" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>243228</x:v>
+        <x:v>17942</x:v>
       </x:c>
       <x:c r="C23" s="5" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="B24" s="2"/>
       <x:c r="C24" s="5"/>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="B25" s="2"/>
       <x:c r="C25" s="5"/>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>7811106</x:v>
+        <x:v>735968</x:v>
       </x:c>
       <x:c r="C26" s="5">
-        <x:v>0.0769727045151097</x:v>
+        <x:v>0.00725242333116157</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B27" s="2">
         <x:v>101478908</x:v>
       </x:c>
       <x:c r="C27" s="5">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>